--- v0 (2025-11-29)
+++ v1 (2026-03-09)
@@ -1,735 +1,738 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p>
+    <w:p w14:paraId="09656C64" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:rPr/>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p>
+    </w:p>
+    <w:p w14:paraId="12FBEA3C" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:rPr/>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p>
+    </w:p>
+    <w:p w14:paraId="6555B239" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:rPr/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>An den</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="23A317EA" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:rPr/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>TSV Bemerode v. 1896 e.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>V.</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Hannover, den    </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="42D9325E" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:t>Wilhelm-Göhrs-Str. 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216E0921" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:rPr/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6135"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-[...13 lines deleted...]
-        <w:rPr/>
         <w:t>30539 Hannover</w:t>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:rPr/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15610DAF" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
         <w:t>oder info@tsvbemerode.de</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4756AC1E" w14:textId="3644FB49" w:rsidR="00236376" w:rsidRDefault="007302F2">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erklärung der tätigen Person zur Inanspruchnahme der sog. Übungsleiterpauschale</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (max. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>€ 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA54E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>00,--</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> jährlich)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6315E7EB" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:t xml:space="preserve">Ich versichere, dass ich </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>neben</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
         <w:t xml:space="preserve"> der nebenberuflichen Tätigkeit im </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>TSV Bemerode v. 1896 e.V.</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
         <w:t xml:space="preserve"> im Sinne des § 3 Nr. 26 EStG (Übungsleiter)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5A6F0739" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376"/>
+    <w:p w14:paraId="70750247" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...10 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(Zutreffendes bitte ankreuzen.)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="53E53F33" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="1CB66677" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:r>
-[...5 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Segoe UI Symbol" w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>☐</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>im laufenden Kalenderjahr noch keine Einnahmen aus einer anderen nebenberuflichen Tä</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">im laufenden Kalenderjahr noch keine Einnahmen aus einer anderen nebenberuflichen Tätigkeit im Sinne des § 3 Nr. 26 EStG erzielt habe und in absehbarer Zeit erzielen werde.  Eine Änderung teile ich dem TSV Bemerode v.1896 e.V. umgehend mit. </w:t>
-[...18 lines deleted...]
-          <w:rFonts w:cs="Segoe UI Symbol" w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+        <w:t xml:space="preserve">tigkeit im Sinne des § 3 Nr. 26 EStG erzielt habe und in absehbarer Zeit erzielen werde.  Eine Änderung teile ich dem TSV Bemerode v.1896 e.V. umgehend mit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C859C07" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376"/>
+    <w:p w14:paraId="4CBF863E" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-[...23 lines deleted...]
-          <w:rFonts w:cs="Segoe UI Symbol" w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+        <w:t xml:space="preserve"> derzeit weder für eine andere Einrichtung zur Förderung gemeinnütziger, mildtätiger oder kirchl</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">icher Zwecke noch für eine juristische Person des öffentlichen Rechts nebenberuflich tätig im Sinne des § 3 Nr. 26 EStG bin und das in absehbarer Zeit auch nicht vorhabe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8DE039" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376"/>
+    <w:p w14:paraId="5FDFD388" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-[...4 lines deleted...]
-        <w:t>im laufenden Kalenderjahr bis heute __________ Euro Einnahmen erzielt habe</w:t>
+        <w:t xml:space="preserve"> im laufenden Kalenderjahr bis heute __________ Euro Einnahmen erzielt habe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-[...16 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">us </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">meiner nebenberuflichen Tätigkeit im Sinne des § 3 Nr. 26 EStG für: ___________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C2E6AB" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:tab/>
         <w:t>(Verein, Organisation etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...15 lines deleted...]
-          <w:rFonts w:cs="Segoe UI Symbol" w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+    <w:p w14:paraId="5817F4ED" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376"/>
+    <w:p w14:paraId="2A1C1AE4" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r>
-        <w:rPr/>
-[...22 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> derzeit noch nebenberufliche Tätigkeiten im Sinne des § 3 Nr. 26 EStG ausübe für _________________________und daraus im </w:t>
+      </w:r>
+      <w:r>
+        <w:t>laufenden Kalenderjahr Einnahmen in Höhe von __________________ Euro erziele.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13405ACC" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="00236376"/>
+    <w:p w14:paraId="26E7FFE7" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
         <w:t>Hannover, den _________________</w:t>
-        <w:tab/>
-        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:tab/>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="2D5118CF" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:tab/>
         <w:t>(Unterschrift)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-[...1 lines deleted...]
-      <w:type w:val="nextPage"/>
+    <w:sectPr w:rsidR="00236376">
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:left="1417" w:right="1417" w:header="708" w:top="1417" w:footer="0" w:bottom="1134" w:gutter="0"/>
-[...3 lines deleted...]
-      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="0" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="69820F16" w14:textId="77777777" w:rsidR="007302F2" w:rsidRDefault="007302F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="638DAB7B" w14:textId="77777777" w:rsidR="007302F2" w:rsidRDefault="007302F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Noto Sans CJK SC">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lohit Devanagari">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
-    <w:charset w:val="01"/>
-    <w:family w:val="roman"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="221DD779" w14:textId="77777777" w:rsidR="007302F2" w:rsidRDefault="007302F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4595DE4A" w14:textId="77777777" w:rsidR="007302F2" w:rsidRDefault="007302F2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="76DBFA35" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">Bitte unbedingt zurück an den TSV  </w:t>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="701AC69A" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
-      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
       <w:t>Absender:</w:t>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="4E41EBD2" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
-      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
       <w:tab/>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="5200A417" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="2892" w:leader="none"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+        <w:tab w:val="left" w:pos="2892"/>
       </w:tabs>
-      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
       <w:tab/>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="7DA3E729" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="2820" w:leader="none"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+        <w:tab w:val="left" w:pos="2820"/>
       </w:tabs>
-      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
       <w:t>_____________________________,_____________________________,_________________</w:t>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="13E803D0" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="2820" w:leader="none"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+        <w:tab w:val="left" w:pos="2820"/>
       </w:tabs>
-      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
       <w:t>Nachname                                                      Vorname                                            Geburtsdatum</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
-      <w:rPr/>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
   </w:p>
-  <w:p>
+  <w:p w14:paraId="46E6F60A" w14:textId="77777777" w:rsidR="00236376" w:rsidRDefault="007302F2">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
-      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
       <w:tab/>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation w:val="true"/>
+  <w:autoHyphenation/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:hyphenationZone w:val="425"/>
+  <w:rsids>
+    <w:rsidRoot w:val="00236376"/>
+    <w:rsid w:val="00236376"/>
+    <w:rsid w:val="004663B9"/>
+    <w:rsid w:val="005E3B04"/>
+    <w:rsid w:val="007302F2"/>
+    <w:rsid w:val="0088313F"/>
+    <w:rsid w:val="00AA54E5"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="" w:bidi=""/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="262132DD"/>
+  <w15:docId w15:val="{E0985DFF-3C54-49C0-B49B-CEEE2B770D25}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:suppressAutoHyphens w:val="true"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -885,52 +888,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -997,245 +1000,227 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...148 lines deleted...]
-    <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D797D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D797D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Internetverknpfung">
+    <w:name w:val="Internetverknüpfung"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006E5FBE"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006E5FBE"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="berschrift">
+    <w:name w:val="Überschrift"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Textkrper"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Noto Sans CJK SC" w:hAnsi="Liberation Sans" w:cs="Lohit Devanagari"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textkrper">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Liste">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Textkrper"/>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Devanagari"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Beschriftung">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Devanagari"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Verzeichnis">
+    <w:name w:val="Verzeichnis"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Devanagari"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Kopf-undFuzeile">
+    <w:name w:val="Kopf- und Fußzeile"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D797D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000D797D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1493,71 +1478,79 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/6.4.7.2$Linux_X86_64 LibreOffice_project/40$Build-2</Application>
   <Pages>1</Pages>
-  <Words>205</Words>
-[...2 lines deleted...]
-  <Paragraphs>22</Paragraphs>
+  <Words>193</Words>
+  <Characters>1216</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1407</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Manfred Duttke</dc:creator>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>de-DE</dc:language>
-  <cp:lastModifiedBy/>
-[...4 lines deleted...]
-  <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>